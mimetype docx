--- v0 (2025-10-08)
+++ v1 (2026-03-06)
@@ -6,203 +6,197 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:t>Проректор по общим вопросам Самарского университета</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="008B6F35" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00D71217">
         <w:t xml:space="preserve">____________ </w:t>
       </w:r>
       <w:r w:rsidR="000263B5">
         <w:t>Ковалё</w:t>
       </w:r>
       <w:r w:rsidR="00A57B6D">
         <w:t>в М.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="008B6F35" w:rsidP="00AF2AF0">
+    <w:p w:rsidR="0073681F" w:rsidRPr="00162059" w:rsidRDefault="008B6F35" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00162059">
         <w:t>«______» ______</w:t>
       </w:r>
-      <w:r w:rsidR="0073681F" w:rsidRPr="00D71217">
+      <w:r w:rsidR="0073681F" w:rsidRPr="00162059">
         <w:t>________ 20_</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00162059">
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="0073681F" w:rsidRPr="00D71217">
+      <w:r w:rsidR="0073681F" w:rsidRPr="00162059">
         <w:t>_г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="007A7BC1" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:t>М</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7BC1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D71217">
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7BC1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="0073681F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ЗАКЛЮЧЕНИЕ</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="Zakluchenie"/>
+    <w:bookmarkStart w:id="1" w:name="Zakluchenie"/>
     <w:p w:rsidR="0073681F" w:rsidRPr="0026696A" w:rsidRDefault="0026696A" w:rsidP="0073681F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Zakluchenie" \o "БЛАНК НЕ ИЗМЕНЯТЬ!" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="0026696A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>о возмож</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>о возможности</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1B56" w:rsidRPr="0026696A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (невозможности)</w:t>
+      </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="0026696A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ности</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> открытого опубликования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="0073681F" w:rsidRDefault="0026696A" w:rsidP="00910D69">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00896331" w:rsidRPr="00896331">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00896331" w:rsidRPr="00896331">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009145DE">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00D4763B" w:rsidRPr="00896331">
@@ -223,124 +217,130 @@
       <w:r w:rsidR="0073681F" w:rsidRPr="00896331">
         <w:t xml:space="preserve"> автономн</w:t>
       </w:r>
       <w:r w:rsidR="00856615" w:rsidRPr="00896331">
         <w:t>ым</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00896331">
         <w:t xml:space="preserve"> образовательн</w:t>
       </w:r>
       <w:r w:rsidR="00856615" w:rsidRPr="00896331">
         <w:t>ым</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00896331">
         <w:t xml:space="preserve"> учреждени</w:t>
       </w:r>
       <w:r w:rsidR="00D4763B" w:rsidRPr="00896331">
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidR="00856615" w:rsidRPr="00896331">
         <w:t>м</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00896331">
         <w:t xml:space="preserve"> высшего образования</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00190480">
-        <w:t xml:space="preserve"> «Самарский национальный исследовательский университет имени академика С.П. Королева» М</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> России</w:t>
+        <w:t xml:space="preserve"> «Самарский национальный исследовательский университет имени академика С.П. Королева»</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00F001EE">
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4763B" w:rsidRPr="00F001EE">
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00F001EE">
-        <w:t>приказом ректора от </w:t>
+        <w:t xml:space="preserve">приказом </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA123D">
+        <w:t xml:space="preserve">по университету </w:t>
+      </w:r>
+      <w:r w:rsidR="0073681F" w:rsidRPr="00F001EE">
+        <w:t>от </w:t>
       </w:r>
       <w:r w:rsidR="00B416D2">
         <w:t>10.01.</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00F001EE">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A504A7" w:rsidRPr="00F001EE">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B416D2">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00F001EE">
-        <w:t> года № </w:t>
+        <w:t> № </w:t>
       </w:r>
       <w:r w:rsidR="00B416D2">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B416D2">
         <w:noBreakHyphen/>
         <w:t xml:space="preserve">ДСП </w:t>
       </w:r>
       <w:r w:rsidR="00376D5C" w:rsidRPr="00F001EE">
-        <w:t>в период с «_________» по</w:t>
+        <w:t xml:space="preserve">в период </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA123D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00376D5C" w:rsidRPr="00F001EE">
+        <w:t>с «_________» по</w:t>
       </w:r>
       <w:r w:rsidR="00376D5C">
         <w:t xml:space="preserve"> «_____</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00190480">
         <w:t>___» 20___ г. прове</w:t>
       </w:r>
       <w:r w:rsidR="00856615">
         <w:t>дена</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00190480">
         <w:t xml:space="preserve"> экспертиз</w:t>
       </w:r>
       <w:r w:rsidR="00856615">
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidR="0073681F" w:rsidRPr="00190480">
         <w:t xml:space="preserve"> материалов</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRDefault="00F819D3" w:rsidP="00F819D3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1126911599" w:edGrp="everyone"/>
+      <w:permStart w:id="311113998" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -582,99 +582,99 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:permEnd w:id="1126911599"/>
+      <w:permEnd w:id="311113998"/>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003C4B42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">вид материалов, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>название материалов, подлежащих экспертизе на русском языке)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRDefault="00F819D3" w:rsidP="00F819D3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1332020198" w:edGrp="everyone"/>
+      <w:permStart w:id="1982537912" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -916,583 +916,632 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:permEnd w:id="1332020198"/>
+      <w:permEnd w:id="1982537912"/>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(при необходимости – в скобках – на английском языке)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0073681F" w:rsidRDefault="00F819D3" w:rsidP="00F819D3">
+    <w:p w:rsidR="0073681F" w:rsidRPr="00607556" w:rsidRDefault="00F819D3" w:rsidP="00F819D3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...135 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:permStart w:id="1050686298" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00274DB2" w:rsidRDefault="00274DB2" w:rsidP="00F819D3">
+    <w:p w:rsidR="00274DB2" w:rsidRPr="00607556" w:rsidRDefault="00274DB2" w:rsidP="00F819D3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...134 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A5F32" w:rsidRPr="001A5F32" w:rsidRDefault="00274DB2" w:rsidP="001A5F32">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...135 lines deleted...]
-      <w:permEnd w:id="852956475"/>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:permEnd w:id="1050686298"/>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(ФИО авторов и соавторов полностью в родительном падеже)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004109D8" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:t xml:space="preserve">на предмет отсутствия </w:t>
       </w:r>
       <w:r w:rsidR="00D95AF1">
         <w:t xml:space="preserve">(наличия) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D71217">
         <w:t>в них сведений, составляющих государственную тайну</w:t>
       </w:r>
       <w:r w:rsidR="004109D8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
+    <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00BA123D">
       <w:pPr>
         <w:spacing w:before="120"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00190480">
-        <w:t>Руководствуясь Законом Российской Федерации «О государственной тайне», Перечнем сведений, отнесенных к государственной тайне, утвержд</w:t>
+        <w:t>Руководствуясь Законом Российской Федерации «О государственной тайне»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA123D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA123D">
+        <w:br/>
+        <w:t>от 21.07.1993 №</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA123D">
+        <w:t>5485-</w:t>
+      </w:r>
+      <w:r w:rsidR="00255148">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00190480">
+        <w:t>, Перечнем сведений, отнесенных к государственной тайне, утвержд</w:t>
       </w:r>
       <w:r w:rsidR="009145DE">
         <w:t>ё</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t xml:space="preserve">нным Указом Президента Российской </w:t>
       </w:r>
       <w:r w:rsidR="000F3B13">
-        <w:t>Федерации от 30 ноября 1995 года</w:t>
+        <w:t>Федерации от 30</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5A9D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5A9D" w:rsidRPr="008E5A9D">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5A9D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3B13">
+        <w:t xml:space="preserve">1995 </w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
-        <w:t xml:space="preserve"> № 1203, а также Перечнем сведений, подлежащих засекречиванию, утвержд</w:t>
+        <w:t>№ 1203, а также Перечнем сведений, подлежащих засекречиванию, утвержд</w:t>
       </w:r>
       <w:r w:rsidR="009145DE">
         <w:t>ё</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t xml:space="preserve">нным </w:t>
       </w:r>
       <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
-        <w:t>приказом Минобрнауки России от 4 декабря 2023 года №31с</w:t>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t xml:space="preserve">риказом Минобрнауки России от </w:t>
+      </w:r>
+      <w:r w:rsidR="00550CAE">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>4.12.</w:t>
+      </w:r>
+      <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
+        <w:t>2023 №</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
+        <w:t>31с</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D4763B">
         <w:t>установлено</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00896331">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:t xml:space="preserve">Сведения, содержащиеся в </w:t>
       </w:r>
       <w:r w:rsidR="007A7BC1">
         <w:t xml:space="preserve">рассматриваемых </w:t>
       </w:r>
       <w:r w:rsidRPr="00D71217">
@@ -1536,671 +1585,591 @@
         </w:rPr>
         <w:t>(наименование государственного органа или организации, проводящего (ей) экспертизу)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:t>Сведения, содержащиеся в рассматриваемых материалах,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A5F32" w:rsidRPr="001A5F32" w:rsidRDefault="00F819D3" w:rsidP="001A5F32">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1710039251" w:edGrp="everyone"/>
-[...476 lines deleted...]
-      <w:permEnd w:id="1710039251"/>
+      <w:permStart w:id="1200181818" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607556">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:permEnd w:id="1200181818"/>
     </w:p>
     <w:p w:rsidR="0073681F" w:rsidRPr="00D71217" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71217">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(указываются сведения, содержащиеся в материалах)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00006680" w:rsidRDefault="0073681F" w:rsidP="00AF2AF0">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00190480">
-        <w:t>не подпадают под действие Перечня сведений, составляющих государственную тайну (статья 5 Закона Российской Федерации «О государственной тайне»), не относятся к Перечню сведений, отнесенных к государственной тайне, утвержд</w:t>
+        <w:t>не подпадают под действие Перечня сведений, составляющих государственную тайну (статья 5 Закона Российской Федерации «О государственной тайне»</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6" w:rsidRPr="00511EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>от 21.07.1993 № 5485-</w:t>
+      </w:r>
+      <w:r w:rsidR="00255148">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00190480">
+        <w:t>), не относятся к Перечню сведений, отнесенных к государственной тайне, утвержд</w:t>
       </w:r>
       <w:r w:rsidR="009145DE">
         <w:t>ё</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
-        <w:t>нному Указом Президента Российской Федерации от 30 ноября 1995</w:t>
+        <w:t>нному Указом Президента Российской Федерации от 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00190480">
+        <w:t>1995</w:t>
       </w:r>
       <w:r w:rsidR="000F3B13">
-        <w:t xml:space="preserve"> года</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
-        <w:t xml:space="preserve"> № 1203, не относятся к Перечню сведений, подлежащих засекречиванию, утвержд</w:t>
+        <w:t>№ 1203, не относятся к Перечню сведений, подлежащих засекречиванию, утвержд</w:t>
       </w:r>
       <w:r w:rsidR="009145DE">
         <w:t>ё</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t>нн</w:t>
       </w:r>
       <w:r w:rsidR="00D95AF1">
         <w:t>ому</w:t>
       </w:r>
       <w:r w:rsidRPr="00190480">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
-        <w:t>приказом Минобрнауки России от 4 декабря 2023 года №31с</w:t>
+        <w:t xml:space="preserve">приказом Минобрнауки России от </w:t>
+      </w:r>
+      <w:r w:rsidR="00550CAE">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.12.</w:t>
+      </w:r>
+      <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
+        <w:t>2023 №</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020520D" w:rsidRPr="0020520D">
+        <w:t>31с</w:t>
       </w:r>
       <w:r w:rsidR="002B2E2D">
         <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00D95AF1">
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r w:rsidR="002B2E2D">
         <w:t>не подлежат засекречиванию</w:t>
       </w:r>
       <w:r w:rsidR="00006680">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4570"/>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B2D50" w:rsidRPr="001B2D50" w:rsidTr="00AC1A4B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00093F8F" w:rsidRDefault="00433225" w:rsidP="00AF2AF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00093F8F">
               <w:t>Руководитель-эксперт</w:t>
             </w:r>
             <w:r w:rsidR="000F3B13" w:rsidRPr="00093F8F">
               <w:br/>
             </w:r>
-            <w:permStart w:id="2085779069" w:edGrp="everyone"/>
+            <w:permStart w:id="916128615" w:edGrp="everyone"/>
             <w:r w:rsidR="004C1431">
               <w:t>учёная</w:t>
             </w:r>
             <w:r w:rsidR="000F3B13" w:rsidRPr="00093F8F">
               <w:t xml:space="preserve"> степень, звание, должность</w:t>
             </w:r>
-            <w:permEnd w:id="2085779069"/>
+            <w:permEnd w:id="916128615"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00093F8F" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00093F8F">
               <w:t>_________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00093F8F" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:permStart w:id="1811229140" w:edGrp="everyone"/>
+        <w:permStart w:id="1549342303" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F3B13" w:rsidRPr="001B2D50" w:rsidRDefault="00CE5729" w:rsidP="00D13E96">
+          <w:p w:rsidR="000F3B13" w:rsidRPr="001B2D50" w:rsidRDefault="00CC2EBF" w:rsidP="00D13E96">
             <w:pPr>
               <w:ind w:left="33"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:tag w:val="expert_secret_sign"/>
                 <w:id w:val="594367535"/>
                 <w:placeholder>
                   <w:docPart w:val="D4907F20C83E41098E9404B9C56B0636"/>
                 </w:placeholder>
                 <w:dropDownList>
                   <w:listItem w:displayText="Выберите эксперта" w:value="Выберите эксперта"/>
                   <w:listItem w:displayText="------------" w:value="------------"/>
                   <w:listItem w:displayText="Институт авиационной и ракетно-космической техники" w:value="Институт авиационной и ракетно-космической техники"/>
                   <w:listItem w:displayText="-------------" w:value="-------------"/>
                   <w:listItem w:displayText="Салмин В.В." w:value="Салмин В.В."/>
                   <w:listItem w:displayText="Куренков В.И." w:value="Куренков В.И."/>
                   <w:listItem w:displayText="Макарьянц Г.М." w:value="Макарьянц Г.М."/>
                   <w:listItem w:displayText="Носова Е.А." w:value="Носова Е.А."/>
                   <w:listItem w:displayText="Антипов Д.В." w:value="Антипов Д.В."/>
                   <w:listItem w:displayText="Старинова О.Л." w:value="Старинова О.Л."/>
                   <w:listItem w:displayText="Ишков С.А." w:value="Ишков С.А."/>
                   <w:listItem w:displayText="--------------" w:value="--------------"/>
                   <w:listItem w:displayText="Институт двигателей и энергетических установок" w:value="Институт двигателей и энергетических установок"/>
                   <w:listItem w:displayText="---------------" w:value="---------------"/>
@@ -2215,65 +2184,65 @@
                   <w:listItem w:displayText="Кнестяпин В.Н." w:value="Кнестяпин В.Н."/>
                   <w:listItem w:displayText="Шацкий А.В." w:value="Шацкий А.В."/>
                   <w:listItem w:displayText="Макурина О.Н." w:value="Макурина О.Н."/>
                   <w:listItem w:displayText="Осипов М.Н." w:value="Осипов М.Н."/>
                   <w:listItem w:displayText="------------------" w:value="------------------"/>
                   <w:listItem w:displayText="Социально-гуманитарный институт" w:value="Социально-гуманитарный институт"/>
                   <w:listItem w:displayText="-------------------" w:value="-------------------"/>
                   <w:listItem w:displayText="Нестеров А.Ю." w:value="Нестеров А.Ю."/>
                   <w:listItem w:displayText="Левченко В.В." w:value="Левченко В.В."/>
                   <w:listItem w:displayText="--------------------" w:value="--------------------"/>
                   <w:listItem w:displayText="Институт информатики и кибернетики" w:value="Институт информатики и кибернетики"/>
                   <w:listItem w:displayText="---------------------" w:value="---------------------"/>
                   <w:listItem w:displayText="Кудрявцев И.А." w:value="Кудрявцев И.А."/>
                   <w:listItem w:displayText="Гречишников В.М." w:value="Гречишников В.М."/>
                   <w:listItem w:displayText="Казанский Н.Л." w:value="Казанский Н.Л."/>
                   <w:listItem w:displayText="Гошин Е.В." w:value="Гошин Е.В."/>
                   <w:listItem w:displayText="----------------------" w:value="----------------------"/>
                   <w:listItem w:displayText="Институт экономики и управления" w:value="Институт экономики и управления"/>
                   <w:listItem w:displayText="-----------------------" w:value="-----------------------"/>
                   <w:listItem w:displayText="Иванов Д.Ю." w:value="Иванов Д.Ю."/>
                   <w:listItem w:displayText="Тюкавкин Н.М." w:value="Тюкавкин Н.М."/>
                   <w:listItem w:displayText="Ростова Е.П." w:value="Ростова Е.П."/>
                   <w:listItem w:displayText="------------------------" w:value="------------------------"/>
                   <w:listItem w:displayText="Юридический институт" w:value="Юридический институт"/>
                   <w:listItem w:displayText="-------------------------" w:value="-------------------------"/>
-                  <w:listItem w:displayText="Безверхов А.Г." w:value="Безверхов А.Г."/>
+                  <w:listItem w:displayText="ххххххххх" w:value="ххххххххх"/>
                   <w:listItem w:displayText="--------------------------" w:value="--------------------------"/>
                   <w:listItem w:displayText="Военный учебный центр имени героя Советского Союза генерала Губанова Д.П. " w:value="Военный учебный центр имени героя Советского Союза генерала Губанова Д.П. "/>
                   <w:listItem w:displayText="---------------------------" w:value="---------------------------"/>
                   <w:listItem w:displayText="Хабло И.И." w:value="Хабло И.И."/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F819D3">
                   <w:t>Выберите эксперта</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="1811229140"/>
+            <w:permEnd w:id="1549342303"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F3B13" w:rsidRPr="00190480" w:rsidTr="00AC1A4B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00190480" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00190480">
               <w:t>Начальник отдела по защите</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00190480" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:tabs>
@@ -2304,363 +2273,418 @@
           <w:p w:rsidR="000F3B13" w:rsidRPr="00190480" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000F3B13" w:rsidRPr="00190480" w:rsidRDefault="000F3B13" w:rsidP="00D13E96">
             <w:pPr>
               <w:ind w:left="33"/>
             </w:pPr>
             <w:r w:rsidRPr="00190480">
               <w:t>Елисеев О.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003C4B42" w:rsidRDefault="003C4B42">
+    <w:p w:rsidR="003C4B42" w:rsidRDefault="003C4B42" w:rsidP="00607556">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B2DDD" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="0060529F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Представленные материалы предполагается опубликовать на </w:t>
-[...1 lines deleted...]
-      <w:permStart w:id="1564309190" w:edGrp="everyone"/>
+        <w:t>Представленные материалы предполагается</w:t>
+      </w:r>
+      <w:r w:rsidR="0012580A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-823888176"/>
+          <w:placeholder>
+            <w:docPart w:val="5EA621661CE040F2B3227E8111CB6628"/>
+          </w:placeholder>
+          <w:comboBox>
+            <w:listItem w:displayText="опубликовать" w:value="опубликовать"/>
+            <w:listItem w:displayText="представить" w:value="представить"/>
+            <w:listItem w:displayText="передать" w:value="передать"/>
+            <w:listItem w:displayText="разместить" w:value="разместить"/>
+            <w:listItem w:displayText="экспонировать" w:value="экспонировать"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:permStart w:id="1274164295" w:edGrp="everyone"/>
+          <w:r w:rsidR="005763B4">
+            <w:t>опубликовать</w:t>
+          </w:r>
+          <w:permEnd w:id="1274164295"/>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:permStart w:id="1587548326" w:edGrp="everyone"/>
       <w:r>
         <w:t>(русском/английском)</w:t>
       </w:r>
-      <w:permEnd w:id="1564309190"/>
+      <w:permEnd w:id="1587548326"/>
       <w:r>
         <w:t xml:space="preserve"> языке</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00162AA8" w:rsidRDefault="001B2DDD" w:rsidP="001B2DDD">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:permStart w:id="2137994252" w:edGrp="everyone"/>
+      <w:permStart w:id="470317768" w:edGrp="everyone"/>
       <w:r>
         <w:t>в (на)______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="001B2DDD">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00172834">
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:t>______________________________</w:t>
       </w:r>
       <w:r w:rsidR="00F819D3">
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="001B2DDD">
         <w:t>______</w:t>
       </w:r>
-      <w:permEnd w:id="2137994252"/>
+      <w:permEnd w:id="470317768"/>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRPr="002E2A09" w:rsidRDefault="001B2DDD" w:rsidP="002E2A09">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E2A09">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E2A09" w:rsidRPr="002E2A09">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(наименование издания, язык издания)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:permStart w:id="1329597592" w:edGrp="everyone"/>
+      <w:permStart w:id="568920515" w:edGrp="everyone"/>
       <w:r>
         <w:t>________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00172834">
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:t>__________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="1329597592"/>
+      <w:permEnd w:id="568920515"/>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRPr="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E2A09">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(страна издательства, предполагаемая дата выхода публикации; название конференции (выставки), дата проведения)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:permStart w:id="897718374" w:edGrp="everyone"/>
+      <w:permStart w:id="1205480478" w:edGrp="everyone"/>
       <w:r>
         <w:t>_________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00172834">
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:t>_________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="897718374"/>
+      <w:permEnd w:id="1205480478"/>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRPr="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E2A09">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(место проведения, организатор конференции (выставки), наименование сайта и т.п.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Комиссия экспортного контроля федерального государственного автономного образовательного учреждения высшего образования «Самарский национальный исследовательский университет имени академика С.П. Королева», состав которой утверждён приказом ректора от 30 июля 2020 года № 684-О провела экспертизу материалов, указанных в настоящем заключении в целях недопущения их несанкционированного разглашения и использования для разработки и создания оружия массового поражения, средств его доставки, иных видов вооружения и военной техники либо при подготовке и (или) совершении террористических актов, протокол </w:t>
+        <w:t>Комиссия экспортного контроля федерального государственного автономного образовательного учреждения высшего образования «Самарский национальный исследовательский университет имени академика С.П. Королева», состав ко</w:t>
+      </w:r>
+      <w:r w:rsidR="005763B4">
+        <w:t>торой утверждён приказом по университету</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> от 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2020 № 684-О провела экспертизу материалов, указанных в настоящем заключении в целях недопущения их несанкционированного разглашения и использования для разработки и создания оружия массового поражения, средств его доставки, иных видов вооружения и военной техники либо при подготовке и (или) совершении террористических актов, протокол </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Protocol"/>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00F655B8">
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Protocol" \o "Номер протокола и дату вписывает секретарь комиссии экспортного контроля Половинщикова М.В." </w:instrText>
       </w:r>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F655B8">
         <w:t>от «____»____________20___   г. №_____.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">В указанных материалах </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Zacherknut1"/>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003A1F09">
         <w:instrText>HYPERLINK  \l "Zacherknut1" \o "Номер протокола и дату вписывает секретарь комиссии экспортного контроля Половинщикова М.В."</w:instrText>
       </w:r>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C3078">
         <w:t>содержатся / не содержатся (ненужное вычеркнуть)</w:t>
       </w:r>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t xml:space="preserve"> сведения, попадающие под действие списков контролируемых товаров и технологий, утверждённых Постановлениями Правительства Российской Федерации от 16</w:t>
+        <w:t xml:space="preserve"> сведения, попадающие под действие списков контролируемых товаров и технологий, </w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>утверждённых Постановлениями Правительства Российской Федерации от 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
-        <w:t> июля 2022 </w:t>
-[...2 lines deleted...]
-        <w:t>года №</w:t>
+        <w:t>2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>№</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>1284, от 16</w:t>
-[...5 lines deleted...]
-        <w:t>июля 2022</w:t>
+        <w:t xml:space="preserve">1284, </w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>от 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2022 №</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>года №</w:t>
+        <w:t>1285, от 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>1285, от 16</w:t>
+        <w:t>№</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>июля 2022</w:t>
+        <w:t>1286, от 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>года №</w:t>
+        <w:t xml:space="preserve"> №</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>1286, от 16</w:t>
+        <w:t>1287, от 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>июля 2022</w:t>
+        <w:t xml:space="preserve"> №</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>года №</w:t>
-[...29 lines deleted...]
-        <w:t>июля 2022 года №</w:t>
+        <w:t xml:space="preserve">1288, </w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>от 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00511EA6">
+        <w:t>.07.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2022 №</w:t>
       </w:r>
       <w:r w:rsidR="00274DB2">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>1299.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E2A09" w:rsidRDefault="002E2A09" w:rsidP="002E2A09">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Для открытого опубликования </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Zacherknut2"/>
       <w:r w:rsidR="00F655B8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003A1F09">
         <w:instrText>HYPERLINK  \l "Zacherknut2" \o "Вычеркивание осуществляет секретарь комисси экспортного контроля Половинщикова М.В. на основании решения комисси."</w:instrText>
       </w:r>
       <w:r w:rsidR="00F655B8">
@@ -2682,51 +2706,69 @@
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Сведения, содержащиеся в рассматриваемых материалах, </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Zacherknut3"/>
       <w:r w:rsidR="005C3078">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005C3078">
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Zacherknut3" \o "Вычеркивание осуществляет секретарь комисси экспортного контроля Половинщикова М.В. на основании решения комисси." </w:instrText>
       </w:r>
       <w:r w:rsidR="005C3078">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C3078">
         <w:t>могут / не могут (ненужное вычеркнуть)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="005C3078">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> быть открыто опубликованы.</w:t>
+        <w:t xml:space="preserve"> быть открыто опубликованы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70F77">
+        <w:t xml:space="preserve"> в рамках мероприятия, указанного в п. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70F77">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70F77" w:rsidRPr="00E70F77">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70F77">
+        <w:t>настоящего заключения</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007161CF" w:rsidRPr="00D71217" w:rsidRDefault="007161CF" w:rsidP="007161CF">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4570"/>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="007161CF" w:rsidRPr="00190480" w:rsidTr="00A249FF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
@@ -2861,270 +2903,286 @@
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007161CF" w:rsidRPr="00190480" w:rsidRDefault="007161CF" w:rsidP="00A249FF">
             <w:pPr>
               <w:ind w:left="33"/>
             </w:pPr>
             <w:r w:rsidRPr="00190480">
               <w:t>Половинщикова М.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007161CF" w:rsidRDefault="007161CF" w:rsidP="00AC1A4B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00006680" w:rsidRDefault="00006680" w:rsidP="00AC1A4B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00433053" w:rsidRDefault="00433053" w:rsidP="00AC1A4B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4570"/>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="00006680" w:rsidRPr="000263B5" w:rsidTr="00B873F2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00006680" w:rsidRDefault="00006680" w:rsidP="000263B5">
+          <w:p w:rsidR="00006680" w:rsidRPr="00433053" w:rsidRDefault="00006680" w:rsidP="000263B5">
             <w:pPr>
               <w:ind w:left="33" w:hanging="33"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000263B5">
+            <w:r w:rsidRPr="00433053">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Правильность оформления и комплектность представляемых материалов проверил:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B873F2" w:rsidRPr="000263B5" w:rsidRDefault="00B873F2" w:rsidP="000263B5">
             <w:pPr>
               <w:ind w:left="33" w:hanging="33"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006680" w:rsidRPr="00190480" w:rsidTr="00B873F2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00006680" w:rsidRDefault="00006680" w:rsidP="00B873F2">
+          <w:p w:rsidR="00D17369" w:rsidRDefault="00D17369" w:rsidP="00B873F2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
             <w:r>
-              <w:t>Начальник отдела сопровождения</w:t>
+              <w:t>Инженер отдела</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="00006680" w:rsidP="00B873F2">
+          <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="00D17369" w:rsidP="00D17369">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
             <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00006680">
+              <w:t>опровождения</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00006680">
               <w:t>научных исследований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B873F2" w:rsidRDefault="00B873F2" w:rsidP="00B873F2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="00006680" w:rsidP="00B873F2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>_____</w:t>
             </w:r>
             <w:r w:rsidRPr="00190480">
               <w:t>____________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="00006680" w:rsidP="00B873F2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B873F2" w:rsidRDefault="00B873F2" w:rsidP="00B873F2">
             <w:pPr>
               <w:ind w:left="33"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="00006680" w:rsidP="00B873F2">
+          <w:p w:rsidR="00006680" w:rsidRPr="00190480" w:rsidRDefault="005763B4" w:rsidP="00D17369">
             <w:pPr>
               <w:ind w:left="33"/>
             </w:pPr>
             <w:r>
-              <w:t>Родионов Л.В.</w:t>
+              <w:t>Рыжкова </w:t>
+            </w:r>
+            <w:r w:rsidR="00D17369">
+              <w:t>Ю.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00006680" w:rsidRPr="0073681F" w:rsidRDefault="00006680" w:rsidP="00AC1A4B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00006680" w:rsidRPr="0073681F" w:rsidSect="000E01C1">
+    <w:sectPr w:rsidR="00006680" w:rsidRPr="0073681F" w:rsidSect="00A361E1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="707" w:bottom="851" w:left="1134" w:header="426" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="709" w:bottom="851" w:left="1134" w:header="425" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CE5729" w:rsidRDefault="00CE5729" w:rsidP="006E29D8">
+    <w:p w:rsidR="00CC2EBF" w:rsidRDefault="00CC2EBF" w:rsidP="006E29D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CE5729" w:rsidRDefault="00CE5729" w:rsidP="006E29D8">
+    <w:p w:rsidR="00CC2EBF" w:rsidRDefault="00CC2EBF" w:rsidP="006E29D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CE5729" w:rsidRDefault="00CE5729" w:rsidP="006E29D8">
+    <w:p w:rsidR="00CC2EBF" w:rsidRDefault="00CC2EBF" w:rsidP="006E29D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CE5729" w:rsidRDefault="00CE5729" w:rsidP="006E29D8">
+    <w:p w:rsidR="00CC2EBF" w:rsidRDefault="00CC2EBF" w:rsidP="006E29D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63017C0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C1A9F6E"/>
     <w:lvl w:ilvl="0" w:tplc="ED4C27B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3177,322 +3235,355 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="psxjfmMSEap0/y/VTTg/Zsugv1sh7ZNPLLghl80mw4H2nedsWWcL8pqdOJnfFURfzG9Pdj3IxNvmNRLx/uv2KA==" w:salt="M/gVN7BZli4k+HXQdNuV+w=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jOH9ZFPEDVJcbQpGiiyxs7whfi/KlqjUqK+D5CzM4E/slC8hKupcHMDRPXCFf5CMk/wqgEKdU0Qu1LeRvS4nAw==" w:salt="us8ARQQxCxgQl7cwoyE8rw=="/>
   <w:defaultTabStop w:val="567"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F609B3"/>
     <w:rsid w:val="00006680"/>
     <w:rsid w:val="000215B6"/>
     <w:rsid w:val="000263B5"/>
     <w:rsid w:val="0003280F"/>
     <w:rsid w:val="0003763A"/>
     <w:rsid w:val="0008633F"/>
     <w:rsid w:val="00092938"/>
     <w:rsid w:val="00093F8F"/>
     <w:rsid w:val="00096257"/>
     <w:rsid w:val="000971B4"/>
     <w:rsid w:val="000D53AA"/>
     <w:rsid w:val="000D6992"/>
     <w:rsid w:val="000E01C1"/>
+    <w:rsid w:val="000E2EF5"/>
     <w:rsid w:val="000F3B13"/>
     <w:rsid w:val="00102503"/>
     <w:rsid w:val="001229C8"/>
+    <w:rsid w:val="0012580A"/>
     <w:rsid w:val="0013220D"/>
     <w:rsid w:val="00143770"/>
     <w:rsid w:val="00146115"/>
     <w:rsid w:val="0014776B"/>
     <w:rsid w:val="00152983"/>
+    <w:rsid w:val="00162059"/>
     <w:rsid w:val="00162AA8"/>
     <w:rsid w:val="00164326"/>
     <w:rsid w:val="00172834"/>
     <w:rsid w:val="00173C9A"/>
     <w:rsid w:val="00190480"/>
     <w:rsid w:val="001A5F32"/>
     <w:rsid w:val="001A7125"/>
     <w:rsid w:val="001B2D50"/>
     <w:rsid w:val="001B2DDD"/>
     <w:rsid w:val="001C373D"/>
     <w:rsid w:val="001D2E0D"/>
     <w:rsid w:val="001D2EF0"/>
     <w:rsid w:val="001D4238"/>
     <w:rsid w:val="00200FB8"/>
     <w:rsid w:val="0020520D"/>
+    <w:rsid w:val="00213B8C"/>
+    <w:rsid w:val="00255148"/>
     <w:rsid w:val="0026696A"/>
     <w:rsid w:val="00274DB2"/>
     <w:rsid w:val="002817F6"/>
     <w:rsid w:val="002904B7"/>
     <w:rsid w:val="00292B45"/>
     <w:rsid w:val="002A7959"/>
     <w:rsid w:val="002B2E2D"/>
     <w:rsid w:val="002C155B"/>
     <w:rsid w:val="002C79B2"/>
     <w:rsid w:val="002D6B5E"/>
     <w:rsid w:val="002E2A09"/>
     <w:rsid w:val="00337E81"/>
     <w:rsid w:val="003415F4"/>
     <w:rsid w:val="00355950"/>
     <w:rsid w:val="00372F61"/>
     <w:rsid w:val="00376D5C"/>
     <w:rsid w:val="003828C9"/>
     <w:rsid w:val="00394887"/>
     <w:rsid w:val="003A1F09"/>
     <w:rsid w:val="003C4B42"/>
     <w:rsid w:val="003C59E2"/>
     <w:rsid w:val="003D56F3"/>
     <w:rsid w:val="003E7798"/>
     <w:rsid w:val="003F28B4"/>
     <w:rsid w:val="004012A3"/>
     <w:rsid w:val="004109D8"/>
     <w:rsid w:val="00424D36"/>
+    <w:rsid w:val="00433053"/>
     <w:rsid w:val="00433225"/>
     <w:rsid w:val="00444E17"/>
     <w:rsid w:val="00453003"/>
     <w:rsid w:val="00453C2E"/>
     <w:rsid w:val="00457176"/>
     <w:rsid w:val="004631D4"/>
     <w:rsid w:val="0046568D"/>
     <w:rsid w:val="0049646B"/>
     <w:rsid w:val="004B3F89"/>
     <w:rsid w:val="004C1431"/>
     <w:rsid w:val="004F02BB"/>
     <w:rsid w:val="0050409D"/>
+    <w:rsid w:val="00511EA6"/>
+    <w:rsid w:val="00550CAE"/>
     <w:rsid w:val="00555376"/>
     <w:rsid w:val="00557403"/>
+    <w:rsid w:val="00564292"/>
+    <w:rsid w:val="005763B4"/>
     <w:rsid w:val="00576B0F"/>
     <w:rsid w:val="00585DAC"/>
     <w:rsid w:val="00586ECB"/>
     <w:rsid w:val="005A1B56"/>
     <w:rsid w:val="005C3078"/>
     <w:rsid w:val="005C7EEC"/>
     <w:rsid w:val="005D01F0"/>
     <w:rsid w:val="005E5ADE"/>
     <w:rsid w:val="005F6979"/>
     <w:rsid w:val="00604219"/>
     <w:rsid w:val="0060529F"/>
+    <w:rsid w:val="00607556"/>
+    <w:rsid w:val="00630B2B"/>
     <w:rsid w:val="00642BB8"/>
     <w:rsid w:val="006777C7"/>
+    <w:rsid w:val="00687B5A"/>
     <w:rsid w:val="006A58C5"/>
     <w:rsid w:val="006C16C5"/>
     <w:rsid w:val="006C2575"/>
     <w:rsid w:val="006C3FB6"/>
     <w:rsid w:val="006C6D24"/>
     <w:rsid w:val="006D70CD"/>
     <w:rsid w:val="006E29D8"/>
     <w:rsid w:val="006F65AF"/>
     <w:rsid w:val="006F73B5"/>
+    <w:rsid w:val="00704C47"/>
     <w:rsid w:val="007130A0"/>
     <w:rsid w:val="00713650"/>
     <w:rsid w:val="007161CF"/>
     <w:rsid w:val="0072129F"/>
     <w:rsid w:val="00722CA9"/>
+    <w:rsid w:val="007345E4"/>
     <w:rsid w:val="0073681F"/>
     <w:rsid w:val="00750927"/>
     <w:rsid w:val="0075305B"/>
     <w:rsid w:val="00772275"/>
     <w:rsid w:val="00786A6A"/>
     <w:rsid w:val="00790F7D"/>
     <w:rsid w:val="007A2078"/>
     <w:rsid w:val="007A7BC1"/>
     <w:rsid w:val="007C0DAD"/>
     <w:rsid w:val="007D5DE8"/>
     <w:rsid w:val="007F5781"/>
     <w:rsid w:val="007F6CD5"/>
     <w:rsid w:val="00814FD1"/>
     <w:rsid w:val="008248CB"/>
     <w:rsid w:val="00833F20"/>
     <w:rsid w:val="00834778"/>
     <w:rsid w:val="00856615"/>
     <w:rsid w:val="00861E6F"/>
     <w:rsid w:val="00872C1F"/>
     <w:rsid w:val="00896331"/>
     <w:rsid w:val="00897B20"/>
     <w:rsid w:val="008B3073"/>
     <w:rsid w:val="008B6F35"/>
     <w:rsid w:val="008C063A"/>
     <w:rsid w:val="008D3AF3"/>
+    <w:rsid w:val="008E5A9D"/>
+    <w:rsid w:val="008F1F45"/>
     <w:rsid w:val="00910D69"/>
     <w:rsid w:val="009145DE"/>
     <w:rsid w:val="0092213C"/>
     <w:rsid w:val="00936CAC"/>
     <w:rsid w:val="00943E6C"/>
     <w:rsid w:val="00944D44"/>
     <w:rsid w:val="00953019"/>
     <w:rsid w:val="00953DD5"/>
     <w:rsid w:val="0096785C"/>
     <w:rsid w:val="0099728D"/>
     <w:rsid w:val="009A6E30"/>
     <w:rsid w:val="009C1805"/>
     <w:rsid w:val="009E0201"/>
+    <w:rsid w:val="009E06AF"/>
     <w:rsid w:val="009E5C1C"/>
     <w:rsid w:val="009E7726"/>
+    <w:rsid w:val="00A3478C"/>
+    <w:rsid w:val="00A361E1"/>
+    <w:rsid w:val="00A43BE8"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A525DB"/>
     <w:rsid w:val="00A57B6D"/>
     <w:rsid w:val="00AB1130"/>
     <w:rsid w:val="00AC1A4B"/>
     <w:rsid w:val="00AC35DF"/>
     <w:rsid w:val="00AE2BF4"/>
     <w:rsid w:val="00AF2AF0"/>
     <w:rsid w:val="00B416D2"/>
     <w:rsid w:val="00B439A3"/>
     <w:rsid w:val="00B57807"/>
     <w:rsid w:val="00B63708"/>
     <w:rsid w:val="00B873F2"/>
+    <w:rsid w:val="00BA123D"/>
     <w:rsid w:val="00BA662E"/>
     <w:rsid w:val="00BB21BA"/>
     <w:rsid w:val="00BD1F56"/>
     <w:rsid w:val="00BD749A"/>
     <w:rsid w:val="00BE143D"/>
     <w:rsid w:val="00BE5C2E"/>
     <w:rsid w:val="00BF3FA7"/>
     <w:rsid w:val="00C021DC"/>
     <w:rsid w:val="00C364EA"/>
     <w:rsid w:val="00C73B68"/>
     <w:rsid w:val="00CA0010"/>
     <w:rsid w:val="00CA4ADD"/>
+    <w:rsid w:val="00CC2EBF"/>
     <w:rsid w:val="00CD0861"/>
     <w:rsid w:val="00CE5729"/>
     <w:rsid w:val="00D152C0"/>
+    <w:rsid w:val="00D17369"/>
     <w:rsid w:val="00D20346"/>
     <w:rsid w:val="00D30ABE"/>
     <w:rsid w:val="00D42F52"/>
     <w:rsid w:val="00D4763B"/>
     <w:rsid w:val="00D63F09"/>
     <w:rsid w:val="00D64234"/>
     <w:rsid w:val="00D643DB"/>
     <w:rsid w:val="00D65607"/>
     <w:rsid w:val="00D92F3A"/>
     <w:rsid w:val="00D95AF1"/>
     <w:rsid w:val="00DB092F"/>
     <w:rsid w:val="00DB1115"/>
     <w:rsid w:val="00DB2DC6"/>
     <w:rsid w:val="00DC58C9"/>
+    <w:rsid w:val="00DC597E"/>
     <w:rsid w:val="00E114BB"/>
     <w:rsid w:val="00E14B3F"/>
     <w:rsid w:val="00E25EB1"/>
     <w:rsid w:val="00E278A0"/>
     <w:rsid w:val="00E3066C"/>
     <w:rsid w:val="00E40066"/>
+    <w:rsid w:val="00E70F77"/>
+    <w:rsid w:val="00E73A90"/>
     <w:rsid w:val="00E92D69"/>
     <w:rsid w:val="00E930AC"/>
     <w:rsid w:val="00EB25CA"/>
     <w:rsid w:val="00EB44AB"/>
     <w:rsid w:val="00EC5C14"/>
+    <w:rsid w:val="00ED519B"/>
     <w:rsid w:val="00ED61E2"/>
     <w:rsid w:val="00EE4EFE"/>
     <w:rsid w:val="00EF06E7"/>
     <w:rsid w:val="00F001EE"/>
     <w:rsid w:val="00F13BF9"/>
     <w:rsid w:val="00F52256"/>
+    <w:rsid w:val="00F54050"/>
     <w:rsid w:val="00F57A64"/>
     <w:rsid w:val="00F609B3"/>
     <w:rsid w:val="00F655B8"/>
     <w:rsid w:val="00F77806"/>
     <w:rsid w:val="00F804C8"/>
     <w:rsid w:val="00F819D3"/>
+    <w:rsid w:val="00F822E7"/>
     <w:rsid w:val="00F83AB0"/>
     <w:rsid w:val="00F8440A"/>
     <w:rsid w:val="00F94E1C"/>
+    <w:rsid w:val="00FA1F28"/>
     <w:rsid w:val="00FB1C6A"/>
     <w:rsid w:val="00FC6A5A"/>
     <w:rsid w:val="00FD0BD9"/>
     <w:rsid w:val="00FD79A0"/>
     <w:rsid w:val="00FE30B7"/>
     <w:rsid w:val="00FE3C2A"/>
     <w:rsid w:val="00FF1055"/>
+    <w:rsid w:val="00FF1D2D"/>
     <w:rsid w:val="00FF7637"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="25B07D8F"/>
   <w15:docId w15:val="{47D038FA-CFFE-4A23-97C7-5614AA5536E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4078,251 +4169,290 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F655B8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F655B8"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1407533821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D4907F20C83E41098E9404B9C56B0636"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4AADE067-1DE6-4FAC-9729-8B5F4EDBFC90}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00810580" w:rsidRDefault="008A6CF2" w:rsidP="008A6CF2">
           <w:pPr>
             <w:pStyle w:val="D4907F20C83E41098E9404B9C56B0636"/>
           </w:pPr>
           <w:r w:rsidRPr="00757B50">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите элемент.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5EA621661CE040F2B3227E8111CB6628"/>
+        <w:category>
+          <w:name w:val="Общие"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EF086DC9-D088-4193-B34C-E5FE3BEFB34D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D32911" w:rsidRDefault="00A21228" w:rsidP="00A21228">
+          <w:pPr>
+            <w:pStyle w:val="5EA621661CE040F2B3227E8111CB6628"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001F216D">
+            <w:rPr>
+              <w:rStyle w:val="a3"/>
+            </w:rPr>
+            <w:t>Выберите элемент.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00697049"/>
     <w:rsid w:val="00065D68"/>
     <w:rsid w:val="00066873"/>
     <w:rsid w:val="00082DBB"/>
+    <w:rsid w:val="000A4899"/>
     <w:rsid w:val="000C11B9"/>
     <w:rsid w:val="000F0231"/>
     <w:rsid w:val="0013714F"/>
     <w:rsid w:val="001801F6"/>
     <w:rsid w:val="00214334"/>
     <w:rsid w:val="002351D5"/>
     <w:rsid w:val="0026722D"/>
     <w:rsid w:val="00294DD4"/>
     <w:rsid w:val="002A1558"/>
     <w:rsid w:val="002E7776"/>
     <w:rsid w:val="003078CA"/>
     <w:rsid w:val="00314DF9"/>
     <w:rsid w:val="00316280"/>
     <w:rsid w:val="003E2234"/>
+    <w:rsid w:val="0047030B"/>
     <w:rsid w:val="00483B4A"/>
     <w:rsid w:val="004C423C"/>
     <w:rsid w:val="004F1E89"/>
     <w:rsid w:val="00506ACB"/>
     <w:rsid w:val="005228F6"/>
+    <w:rsid w:val="00532E34"/>
     <w:rsid w:val="005442CD"/>
     <w:rsid w:val="005866C7"/>
     <w:rsid w:val="006120A3"/>
     <w:rsid w:val="00636F62"/>
     <w:rsid w:val="006479B9"/>
     <w:rsid w:val="0065593B"/>
+    <w:rsid w:val="00670AA9"/>
     <w:rsid w:val="0068786A"/>
     <w:rsid w:val="00697049"/>
     <w:rsid w:val="00795261"/>
     <w:rsid w:val="007B3072"/>
     <w:rsid w:val="00810580"/>
+    <w:rsid w:val="00880BD6"/>
+    <w:rsid w:val="0088441D"/>
     <w:rsid w:val="008A6CF2"/>
+    <w:rsid w:val="008F2601"/>
     <w:rsid w:val="00953A7B"/>
     <w:rsid w:val="00960DF4"/>
     <w:rsid w:val="009D520B"/>
     <w:rsid w:val="009E26F2"/>
+    <w:rsid w:val="00A21228"/>
     <w:rsid w:val="00B1006C"/>
     <w:rsid w:val="00B778B1"/>
     <w:rsid w:val="00BE2333"/>
     <w:rsid w:val="00C30BEC"/>
     <w:rsid w:val="00C84B96"/>
     <w:rsid w:val="00CC5602"/>
+    <w:rsid w:val="00D32911"/>
     <w:rsid w:val="00D75CE8"/>
     <w:rsid w:val="00DB2F60"/>
     <w:rsid w:val="00DB5A1C"/>
     <w:rsid w:val="00DF4EAD"/>
+    <w:rsid w:val="00E27A0A"/>
     <w:rsid w:val="00E467D6"/>
     <w:rsid w:val="00E8663C"/>
     <w:rsid w:val="00F022F8"/>
     <w:rsid w:val="00F6579F"/>
+    <w:rsid w:val="00F80F8D"/>
     <w:rsid w:val="00F8172B"/>
     <w:rsid w:val="00FD4824"/>
     <w:rsid w:val="00FF480A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4703,83 +4833,103 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00506ACB"/>
+    <w:rsid w:val="00A21228"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9BA6F427F4094CF5B90EC8418BBA7ECD">
     <w:name w:val="9BA6F427F4094CF5B90EC8418BBA7ECD"/>
     <w:rsid w:val="00697049"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4907F20C83E41098E9404B9C56B0636">
     <w:name w:val="D4907F20C83E41098E9404B9C56B0636"/>
     <w:rsid w:val="008A6CF2"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C621CF518F1D46B9889955DA84F78813">
     <w:name w:val="C621CF518F1D46B9889955DA84F78813"/>
     <w:rsid w:val="00506ACB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60C156EB91D340118B939F413819115F">
+    <w:name w:val="60C156EB91D340118B939F413819115F"/>
+    <w:rsid w:val="00A21228"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CF63EBFC8E2419095B977DE00BE4636">
+    <w:name w:val="0CF63EBFC8E2419095B977DE00BE4636"/>
+    <w:rsid w:val="00A21228"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EA621661CE040F2B3227E8111CB6628">
+    <w:name w:val="5EA621661CE040F2B3227E8111CB6628"/>
+    <w:rsid w:val="00A21228"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5035,78 +5185,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostName.XSL" StyleName="ГОСТ — сортировка по именам" Version="2003"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0ACEEB0-F968-40B7-83DE-B0914D9858CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DAE2D2-53CB-4C7E-AA23-7288248EE33A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>774</Words>
-  <Characters>4418</Characters>
+  <Words>776</Words>
+  <Characters>4424</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5182</CharactersWithSpaces>
+  <CharactersWithSpaces>5190</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>-</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>