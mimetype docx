--- v0 (2025-10-08)
+++ v1 (2026-03-06)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="008077D2" w:rsidRPr="00191EDB" w:rsidRDefault="00F5703F" w:rsidP="003E03C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191EDB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЗАКЛЮЧЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E03C3" w:rsidRPr="00534BE9" w:rsidRDefault="00F5703F" w:rsidP="003E03C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
@@ -108,115 +108,115 @@
       </w:pPr>
       <w:r w:rsidRPr="00191EDB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">от </w:t>
       </w:r>
       <w:r w:rsidR="00F5703F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1334842487"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
-          <w:date>
+          <w:date w:fullDate="2026-01-21T00:00:00Z">
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="ru-RU"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00CF5C3D" w:rsidRPr="005A3921">
+          <w:r w:rsidR="0012346E">
             <w:rPr>
-              <w:rStyle w:val="a7"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>Место для ввода даты.</w:t>
+            <w:t>21.01.2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="0075620D" w:rsidRPr="0078489B" w:rsidRDefault="00B44D55" w:rsidP="0075620D">
       <w:pPr>
         <w:spacing w:before="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191EDB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на информацию, предполагаемую</w:t>
       </w:r>
       <w:r w:rsidR="0015611E" w:rsidRPr="00191EDB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> к передаче иностранным лицам в ходе мероприятия:</w:t>
       </w:r>
       <w:r w:rsidR="007E6951" w:rsidRPr="00191EDB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="3"/>
           </w:rPr>
           <w:id w:val="12421705"/>
           <w:placeholder>
             <w:docPart w:val="B36461A3D8074CAB96E0AF51FA93E8BC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
+            <w:listItem w:displayText="публикация" w:value="публикация"/>
+            <w:listItem w:displayText="представление" w:value="представление"/>
             <w:listItem w:displayText="передача" w:value="передача"/>
-            <w:listItem w:displayText="представление на" w:value="представление на"/>
-[...2 lines deleted...]
-            <w:listItem w:displayText="экспонирование на" w:value="экспонирование на"/>
+            <w:listItem w:displayText="размещение" w:value="размещение"/>
+            <w:listItem w:displayText="экспонирование" w:value="экспонирование"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="a0"/>
             <w:i w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="0046194B" w:rsidRPr="0046194B">
             <w:rPr>
               <w:rStyle w:val="a7"/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите элемент</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005332EB">
         <w:rPr>
@@ -344,65 +344,63 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53244" w:rsidRPr="00191EDB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="3"/>
           </w:rPr>
           <w:id w:val="22367068"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="5DA463EB573C46C395F45E672DB8D69B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
+            <w:listItem w:displayText="статья" w:value="статья"/>
+            <w:listItem w:displayText="тезисы доклада" w:value="тезисы доклада"/>
+            <w:listItem w:displayText="доклад" w:value="доклад"/>
+            <w:listItem w:displayText="презентация" w:value="презентация"/>
+            <w:listItem w:displayText="пресс-релиз" w:value="пресс-релиз"/>
+            <w:listItem w:displayText="рукопись пособия" w:value="рукопись пособия"/>
+            <w:listItem w:displayText="монография" w:value="монография"/>
             <w:listItem w:displayText="автореферат" w:value="автореферат"/>
+            <w:listItem w:displayText="диссертация" w:value="диссертация"/>
+            <w:listItem w:displayText="курс лекций" w:value="курс лекций"/>
+            <w:listItem w:displayText="отчет" w:value="отчет"/>
+            <w:listItem w:displayText="программный комплекс" w:value="программный комплекс"/>
             <w:listItem w:displayText="выставочные экспонаты" w:value="выставочные экспонаты"/>
-            <w:listItem w:displayText="диссертация" w:value="диссертация"/>
-[...11 lines deleted...]
-            <w:listItem w:displayText="учебное пособие" w:value="учебное пособие"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="a0"/>
             <w:i w:val="0"/>
             <w:sz w:val="28"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00727B42" w:rsidRPr="0075620D">
             <w:rPr>
               <w:rStyle w:val="a7"/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите вид материала</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00994AEC" w:rsidRPr="00994AEC" w:rsidRDefault="00994AEC" w:rsidP="00994AEC">
       <w:pPr>
@@ -1044,50 +1042,51 @@
             <w:listItem w:displayText="Институт экономики и управления" w:value="Институт экономики и управления"/>
             <w:listItem w:displayText="--------------------------" w:value="--------------------------"/>
             <w:listItem w:displayText="Иванов Д.Ю." w:value="Иванов Д.Ю."/>
             <w:listItem w:displayText="Ростова Е.П." w:value="Ростова Е.П."/>
             <w:listItem w:displayText="Павлов О.В." w:value="Павлов О.В."/>
             <w:listItem w:displayText="---------------------------" w:value="---------------------------"/>
             <w:listItem w:displayText="Социально-гуманитарный институт" w:value="Социально-гуманитарный институт"/>
             <w:listItem w:displayText="----------------------------" w:value="----------------------------"/>
             <w:listItem w:displayText="См. приказ №80-О от 07.02.2017" w:value="См. приказ №80-О от 07.02.2017"/>
             <w:listItem w:displayText="-----------------------------" w:value="-----------------------------"/>
             <w:listItem w:displayText="Юридический институт" w:value="Юридический институт"/>
             <w:listItem w:displayText="------------------------------" w:value="------------------------------"/>
             <w:listItem w:displayText="См. приказ №80-О от 07.02.2017 " w:value="См. приказ №80-О от 07.02.2017 "/>
             <w:listItem w:displayText="------------------------------ " w:value="------------------------------ "/>
             <w:listItem w:displayText="Военный учебный центр и авиационный техникум" w:value="Военный учебный центр и авиационный техникум"/>
             <w:listItem w:displayText="------------------------------  " w:value="------------------------------  "/>
             <w:listItem w:displayText="Ткаченко А.Ю. " w:value="Ткаченко А.Ю. "/>
             <w:listItem w:displayText="Кудрявцев И.А." w:value="Кудрявцев И.А."/>
             <w:listItem w:displayText="Никонов В.В. " w:value="Никонов В.В. "/>
             <w:listItem w:displayText="------------------------------   " w:value="------------------------------   "/>
             <w:listItem w:displayText="Кафедра физвоспитания" w:value="Кафедра физвоспитания"/>
             <w:listItem w:displayText="------------------------------    " w:value="------------------------------    "/>
             <w:listItem w:displayText="См. п. 5 приложения №1 к приказу №80-О от 07.02.2017" w:value="См. п. 5 приложения №1 к приказу №80-О от 07.02.2017"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A4BBD" w:rsidRPr="00830887">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Выберите эксперта</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00877E39" w:rsidRDefault="00EB2EA3" w:rsidP="00EB2EA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1100,143 +1099,143 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008A5F35" w:rsidRPr="00EB2EA3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00877E39" w:rsidSect="002E2FB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="849" w:bottom="760" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00941A7C" w:rsidRDefault="00941A7C">
+    <w:p w:rsidR="00227DA2" w:rsidRDefault="00227DA2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00941A7C" w:rsidRDefault="00941A7C">
+    <w:p w:rsidR="00227DA2" w:rsidRDefault="00227DA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00941A7C" w:rsidRDefault="00941A7C">
+    <w:p w:rsidR="00227DA2" w:rsidRDefault="00227DA2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00941A7C" w:rsidRDefault="00941A7C">
+    <w:p w:rsidR="00227DA2" w:rsidRDefault="00227DA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E866B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CDA5EF8"/>
     <w:lvl w:ilvl="0" w:tplc="35460714">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2043,127 +2042,130 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gp3NJvPIpvFt8/VMtYr9bvE9cuzjNT+UxUe9C7Xxo8ZO1itjVMYShDGI3ajZ2KzA4GdVELNIewiMMg8HQ/rE5g==" w:salt="Mko4yV0Jk3k1FZPVSGUi7Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UgFm7lXci/M0G6zgMn24so9Eb/bmwmj6EXTyewYNAf3bZptTj4VTPoH3s6/yEhawH6USRMVsTMDQfJOC6Y1yLQ==" w:salt="bTUkpYWaMiWk3JxL+LE1Bg=="/>
   <w:defaultTabStop w:val="284"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF5C3D"/>
     <w:rsid w:val="00034E10"/>
     <w:rsid w:val="000434F9"/>
     <w:rsid w:val="00057AB7"/>
     <w:rsid w:val="00061742"/>
     <w:rsid w:val="00072831"/>
     <w:rsid w:val="000735E6"/>
     <w:rsid w:val="00074F9D"/>
     <w:rsid w:val="000774B5"/>
     <w:rsid w:val="000803AA"/>
     <w:rsid w:val="000857CD"/>
     <w:rsid w:val="00090A49"/>
     <w:rsid w:val="00097AB0"/>
     <w:rsid w:val="000A68E8"/>
     <w:rsid w:val="000C1AF3"/>
     <w:rsid w:val="000C65EC"/>
     <w:rsid w:val="000D0EA0"/>
     <w:rsid w:val="000D0F15"/>
     <w:rsid w:val="00107976"/>
     <w:rsid w:val="001159E3"/>
+    <w:rsid w:val="0012346E"/>
     <w:rsid w:val="00132F1A"/>
     <w:rsid w:val="00136BDF"/>
     <w:rsid w:val="0014464B"/>
     <w:rsid w:val="00155126"/>
     <w:rsid w:val="0015611E"/>
     <w:rsid w:val="00160A15"/>
     <w:rsid w:val="0016235A"/>
     <w:rsid w:val="00167BED"/>
     <w:rsid w:val="00184F9F"/>
     <w:rsid w:val="001852D5"/>
     <w:rsid w:val="00191EDB"/>
     <w:rsid w:val="0019257A"/>
     <w:rsid w:val="001A150A"/>
     <w:rsid w:val="001A5F5E"/>
     <w:rsid w:val="001B5BBB"/>
     <w:rsid w:val="001D05DE"/>
     <w:rsid w:val="001D743B"/>
     <w:rsid w:val="00202F4B"/>
     <w:rsid w:val="00207904"/>
     <w:rsid w:val="00217186"/>
+    <w:rsid w:val="00227DA2"/>
     <w:rsid w:val="002315E4"/>
     <w:rsid w:val="0024297C"/>
     <w:rsid w:val="002430ED"/>
     <w:rsid w:val="002466F5"/>
     <w:rsid w:val="0025134F"/>
     <w:rsid w:val="00254520"/>
+    <w:rsid w:val="00267E45"/>
     <w:rsid w:val="00274038"/>
     <w:rsid w:val="00274622"/>
     <w:rsid w:val="00274876"/>
     <w:rsid w:val="00277856"/>
     <w:rsid w:val="002A0377"/>
     <w:rsid w:val="002A127C"/>
     <w:rsid w:val="002B6414"/>
     <w:rsid w:val="002B6C6B"/>
     <w:rsid w:val="002C0FB7"/>
     <w:rsid w:val="002C1B45"/>
     <w:rsid w:val="002C7AA6"/>
     <w:rsid w:val="002D26F0"/>
     <w:rsid w:val="002E2FB7"/>
     <w:rsid w:val="003018AE"/>
     <w:rsid w:val="003040CD"/>
     <w:rsid w:val="00310BAF"/>
     <w:rsid w:val="00320ACE"/>
     <w:rsid w:val="003254C0"/>
     <w:rsid w:val="00330070"/>
     <w:rsid w:val="0033250B"/>
     <w:rsid w:val="00337248"/>
     <w:rsid w:val="0034367F"/>
     <w:rsid w:val="003544BE"/>
     <w:rsid w:val="00355E3A"/>
     <w:rsid w:val="00356B24"/>
@@ -2213,50 +2215,51 @@
     <w:rsid w:val="005B73A2"/>
     <w:rsid w:val="005C4E17"/>
     <w:rsid w:val="005F17AC"/>
     <w:rsid w:val="005F55C6"/>
     <w:rsid w:val="00603015"/>
     <w:rsid w:val="00603414"/>
     <w:rsid w:val="006120CD"/>
     <w:rsid w:val="00625824"/>
     <w:rsid w:val="00626403"/>
     <w:rsid w:val="006266F6"/>
     <w:rsid w:val="006318E1"/>
     <w:rsid w:val="00640E97"/>
     <w:rsid w:val="00643976"/>
     <w:rsid w:val="00655437"/>
     <w:rsid w:val="00662017"/>
     <w:rsid w:val="006638A1"/>
     <w:rsid w:val="00671405"/>
     <w:rsid w:val="00675770"/>
     <w:rsid w:val="006879CA"/>
     <w:rsid w:val="006A0917"/>
     <w:rsid w:val="006A6348"/>
     <w:rsid w:val="006B0B78"/>
     <w:rsid w:val="006B167C"/>
     <w:rsid w:val="006D2977"/>
     <w:rsid w:val="006D383F"/>
+    <w:rsid w:val="006D5233"/>
     <w:rsid w:val="006E3EE5"/>
     <w:rsid w:val="006E6141"/>
     <w:rsid w:val="0071597E"/>
     <w:rsid w:val="007179AE"/>
     <w:rsid w:val="00722A66"/>
     <w:rsid w:val="00724520"/>
     <w:rsid w:val="00727B42"/>
     <w:rsid w:val="00743F42"/>
     <w:rsid w:val="00754DEA"/>
     <w:rsid w:val="0075620D"/>
     <w:rsid w:val="00757700"/>
     <w:rsid w:val="00757B50"/>
     <w:rsid w:val="007644B4"/>
     <w:rsid w:val="00770D63"/>
     <w:rsid w:val="00784396"/>
     <w:rsid w:val="0078489B"/>
     <w:rsid w:val="007A4BBD"/>
     <w:rsid w:val="007A765E"/>
     <w:rsid w:val="007C3A39"/>
     <w:rsid w:val="007E6951"/>
     <w:rsid w:val="007F0B03"/>
     <w:rsid w:val="007F40FA"/>
     <w:rsid w:val="007F55D1"/>
     <w:rsid w:val="00806EFE"/>
     <w:rsid w:val="008077D2"/>
@@ -2269,102 +2272,105 @@
     <w:rsid w:val="008A5F35"/>
     <w:rsid w:val="008C02C0"/>
     <w:rsid w:val="008C5EFD"/>
     <w:rsid w:val="008D076E"/>
     <w:rsid w:val="008D3445"/>
     <w:rsid w:val="00900FCA"/>
     <w:rsid w:val="00914CA6"/>
     <w:rsid w:val="0093131E"/>
     <w:rsid w:val="009352D8"/>
     <w:rsid w:val="00941A7C"/>
     <w:rsid w:val="009421C3"/>
     <w:rsid w:val="00953A9C"/>
     <w:rsid w:val="00962F7A"/>
     <w:rsid w:val="009727E3"/>
     <w:rsid w:val="00983995"/>
     <w:rsid w:val="0098762A"/>
     <w:rsid w:val="00994AEC"/>
     <w:rsid w:val="00997BAA"/>
     <w:rsid w:val="009B54EF"/>
     <w:rsid w:val="009C014C"/>
     <w:rsid w:val="009C0314"/>
     <w:rsid w:val="009D0CCF"/>
     <w:rsid w:val="009E7C31"/>
     <w:rsid w:val="009F2894"/>
     <w:rsid w:val="009F70E0"/>
+    <w:rsid w:val="00A04763"/>
     <w:rsid w:val="00A10E50"/>
     <w:rsid w:val="00A134BF"/>
     <w:rsid w:val="00A24A4E"/>
     <w:rsid w:val="00A300F6"/>
     <w:rsid w:val="00A3277E"/>
     <w:rsid w:val="00A36388"/>
     <w:rsid w:val="00A36A38"/>
     <w:rsid w:val="00A43F65"/>
     <w:rsid w:val="00A53244"/>
     <w:rsid w:val="00A63E02"/>
     <w:rsid w:val="00A80A88"/>
     <w:rsid w:val="00A92E3E"/>
     <w:rsid w:val="00A945AF"/>
     <w:rsid w:val="00A95DCF"/>
     <w:rsid w:val="00AA227E"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6592"/>
     <w:rsid w:val="00AA7198"/>
     <w:rsid w:val="00AB0692"/>
     <w:rsid w:val="00AC2290"/>
     <w:rsid w:val="00AD4C0B"/>
     <w:rsid w:val="00AE31E4"/>
     <w:rsid w:val="00AF4D62"/>
     <w:rsid w:val="00B04D64"/>
     <w:rsid w:val="00B17766"/>
     <w:rsid w:val="00B34265"/>
     <w:rsid w:val="00B44D55"/>
     <w:rsid w:val="00B60D6F"/>
     <w:rsid w:val="00B7078D"/>
     <w:rsid w:val="00B7562C"/>
     <w:rsid w:val="00B95C87"/>
     <w:rsid w:val="00BA6D9C"/>
     <w:rsid w:val="00BB32AE"/>
     <w:rsid w:val="00BB3E9F"/>
     <w:rsid w:val="00BB4BDA"/>
     <w:rsid w:val="00BB5501"/>
     <w:rsid w:val="00BC4241"/>
     <w:rsid w:val="00BC6452"/>
     <w:rsid w:val="00BC7ECC"/>
     <w:rsid w:val="00BD1E37"/>
+    <w:rsid w:val="00BD26CE"/>
     <w:rsid w:val="00BD5151"/>
     <w:rsid w:val="00BE1931"/>
     <w:rsid w:val="00BF335D"/>
     <w:rsid w:val="00BF59FF"/>
     <w:rsid w:val="00C31530"/>
     <w:rsid w:val="00C35868"/>
     <w:rsid w:val="00C4665C"/>
     <w:rsid w:val="00C51B06"/>
     <w:rsid w:val="00C53E84"/>
     <w:rsid w:val="00C73C70"/>
     <w:rsid w:val="00C745D8"/>
     <w:rsid w:val="00C808E3"/>
+    <w:rsid w:val="00CA45D1"/>
     <w:rsid w:val="00CB1E07"/>
     <w:rsid w:val="00CB4719"/>
     <w:rsid w:val="00CC6021"/>
     <w:rsid w:val="00CC73C8"/>
     <w:rsid w:val="00CD7377"/>
     <w:rsid w:val="00CE4886"/>
     <w:rsid w:val="00CF5084"/>
     <w:rsid w:val="00CF5C3D"/>
     <w:rsid w:val="00D07A5D"/>
     <w:rsid w:val="00D11C5C"/>
     <w:rsid w:val="00D14ED9"/>
     <w:rsid w:val="00D33C54"/>
     <w:rsid w:val="00D37F31"/>
     <w:rsid w:val="00D7213F"/>
     <w:rsid w:val="00D77A92"/>
     <w:rsid w:val="00D8339E"/>
     <w:rsid w:val="00D907AE"/>
     <w:rsid w:val="00D915F6"/>
     <w:rsid w:val="00D97135"/>
     <w:rsid w:val="00DB226C"/>
     <w:rsid w:val="00DB3F32"/>
     <w:rsid w:val="00DE0A55"/>
     <w:rsid w:val="00DE49E1"/>
     <w:rsid w:val="00DF5997"/>
     <w:rsid w:val="00E03CCE"/>
@@ -2405,51 +2411,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{4D899912-E94D-4A9B-B7E4-46E28BAB8705}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2936,124 +2942,124 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="001D05DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="4">
     <w:name w:val="Стиль4"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="001D05DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///F:\&#1069;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;&#1085;&#1099;&#1077;%20&#1079;&#1072;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1103;\&#1069;&#1050;&#1057;&#1055;&#1045;&#1056;&#1058;&#1053;&#1054;&#1045;%20&#1057;&#1040;&#1052;&#1040;&#1056;&#1057;&#1050;&#1048;&#1049;%20&#1059;&#1053;&#1048;&#1042;&#1045;&#1056;&#1057;&#1048;&#1058;&#1045;&#1058;%20&#1055;&#1056;&#1048;&#1050;&#1040;&#1047;\2019_&#1047;&#1072;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;%20&#1087;&#1086;%20&#1088;&#1077;&#1079;&#1091;&#1083;&#1100;&#1090;&#1072;&#1090;&#1072;&#1084;%20&#1080;&#1076;&#1077;&#1085;&#1090;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1080;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B36461A3D8074CAB96E0AF51FA93E8BC"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{044F89F9-56A2-43CD-A411-4D8269C5EDF8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003A172E" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="003A172E" w:rsidRDefault="00FB6BBE" w:rsidP="00FB6BBE">
           <w:pPr>
-            <w:pStyle w:val="B36461A3D8074CAB96E0AF51FA93E8BC52"/>
+            <w:pStyle w:val="B36461A3D8074CAB96E0AF51FA93E8BC53"/>
           </w:pPr>
           <w:r w:rsidRPr="0046194B">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите элемент</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E5B2172677D4D28BA36D70C1D3FCC78"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AC816F98-4A6D-4F99-835A-5BD739009E9F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003A172E" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="003A172E" w:rsidRDefault="00FB6BBE" w:rsidP="00FB6BBE">
           <w:pPr>
-            <w:pStyle w:val="9E5B2172677D4D28BA36D70C1D3FCC7852"/>
+            <w:pStyle w:val="9E5B2172677D4D28BA36D70C1D3FCC7853"/>
           </w:pPr>
           <w:r w:rsidRPr="00DB34FE">
             <w:rPr>
               <w:rStyle w:val="3"/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>Наименование издания, страна издательства, предполагаемая дата выхода публикации; название конферен</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="3"/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>ции (выставки), дата проведения</w:t>
           </w:r>
           <w:r w:rsidRPr="00DB34FE">
             <w:rPr>
               <w:rStyle w:val="3"/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="3"/>
@@ -3072,119 +3078,119 @@
             <w:rPr>
               <w:rStyle w:val="3"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>я о возможности (невозможности) открытого опубликования)</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5DA463EB573C46C395F45E672DB8D69B"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D8B0F8F4-6B6A-49E6-9CC1-8E58D7285B6B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003A172E" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="003A172E" w:rsidRDefault="00FB6BBE" w:rsidP="00FB6BBE">
           <w:pPr>
-            <w:pStyle w:val="5DA463EB573C46C395F45E672DB8D69B52"/>
+            <w:pStyle w:val="5DA463EB573C46C395F45E672DB8D69B53"/>
           </w:pPr>
           <w:r w:rsidRPr="0075620D">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите вид материала</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF173D9340D4433FB22CB0EC7A3794F6"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E3DBB1F0-AE9E-4577-9446-E8FCD8E0A15F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003A172E" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="003A172E" w:rsidRDefault="00FB6BBE" w:rsidP="00FB6BBE">
           <w:pPr>
-            <w:pStyle w:val="AF173D9340D4433FB22CB0EC7A3794F652"/>
+            <w:pStyle w:val="AF173D9340D4433FB22CB0EC7A3794F653"/>
           </w:pPr>
           <w:r w:rsidRPr="0075620D">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Фамилия, имя, отчество автора(ов) – полностью в родительном падеже</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB21DDFFA31B45468E1302C765BEDE1B"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93A40F89-C7A9-45A3-8050-F6812FAED23D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003A172E" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="003A172E" w:rsidRDefault="00FB6BBE" w:rsidP="00FB6BBE">
           <w:pPr>
-            <w:pStyle w:val="CB21DDFFA31B45468E1302C765BEDE1B52"/>
+            <w:pStyle w:val="CB21DDFFA31B45468E1302C765BEDE1B53"/>
           </w:pPr>
           <w:r w:rsidRPr="001D05DE">
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>«</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Название работы на русском языке</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
@@ -3305,200 +3311,204 @@
               <w:rStyle w:val="a3"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите элемент.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BE290594EEA04679A2D549600A37B20C"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{64A26B31-D1A7-48D0-BCC8-67BC6605AA91}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
+        <w:p w:rsidR="007A4D9C" w:rsidRDefault="00470BE8" w:rsidP="00470BE8">
           <w:pPr>
             <w:pStyle w:val="BE290594EEA04679A2D549600A37B20C"/>
           </w:pPr>
           <w:r w:rsidRPr="00757B50">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Выберите элемент.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C42880"/>
     <w:rsid w:val="000052DE"/>
     <w:rsid w:val="00043699"/>
     <w:rsid w:val="00075FE0"/>
     <w:rsid w:val="00170160"/>
     <w:rsid w:val="001928AB"/>
     <w:rsid w:val="001F5C68"/>
+    <w:rsid w:val="002C1F60"/>
     <w:rsid w:val="002D67F0"/>
     <w:rsid w:val="003743FF"/>
     <w:rsid w:val="003A172E"/>
     <w:rsid w:val="0045095F"/>
     <w:rsid w:val="00470BE8"/>
     <w:rsid w:val="0057266A"/>
     <w:rsid w:val="00580224"/>
     <w:rsid w:val="005979DE"/>
     <w:rsid w:val="006A6493"/>
     <w:rsid w:val="006C577B"/>
     <w:rsid w:val="00775894"/>
+    <w:rsid w:val="007A4D9C"/>
     <w:rsid w:val="007E2923"/>
+    <w:rsid w:val="00903A4C"/>
     <w:rsid w:val="0096221A"/>
     <w:rsid w:val="009E6763"/>
     <w:rsid w:val="00A126B4"/>
     <w:rsid w:val="00A42A4A"/>
     <w:rsid w:val="00C42880"/>
     <w:rsid w:val="00CC52AC"/>
     <w:rsid w:val="00D32FB9"/>
     <w:rsid w:val="00D60A4E"/>
     <w:rsid w:val="00E048CB"/>
     <w:rsid w:val="00E254D7"/>
     <w:rsid w:val="00E67DDB"/>
     <w:rsid w:val="00E7622E"/>
     <w:rsid w:val="00F62BA3"/>
+    <w:rsid w:val="00FB6BBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3879,63 +3889,63 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00470BE8"/>
+    <w:rsid w:val="00FB6BBE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B36461A3D8074CAB96E0AF51FA93E8BC">
     <w:name w:val="B36461A3D8074CAB96E0AF51FA93E8BC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="3">
     <w:name w:val="Стиль3"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00470BE8"/>
+    <w:rsid w:val="00FB6BBE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E5B2172677D4D28BA36D70C1D3FCC78">
     <w:name w:val="9E5B2172677D4D28BA36D70C1D3FCC78"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DA463EB573C46C395F45E672DB8D69B">
     <w:name w:val="5DA463EB573C46C395F45E672DB8D69B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF173D9340D4433FB22CB0EC7A3794F6">
     <w:name w:val="AF173D9340D4433FB22CB0EC7A3794F6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB21DDFFA31B45468E1302C765BEDE1B">
     <w:name w:val="CB21DDFFA31B45468E1302C765BEDE1B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A945E298A810498488D6B5ABB1E6C3D6">
     <w:name w:val="A945E298A810498488D6B5ABB1E6C3D6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D0203B5F50344F98D9E1B85072BBE88">
     <w:name w:val="1D0203B5F50344F98D9E1B85072BBE88"/>
   </w:style>
@@ -8430,55 +8440,115 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF173D9340D4433FB22CB0EC7A3794F652">
     <w:name w:val="AF173D9340D4433FB22CB0EC7A3794F652"/>
     <w:rsid w:val="00470BE8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB21DDFFA31B45468E1302C765BEDE1B52">
     <w:name w:val="CB21DDFFA31B45468E1302C765BEDE1B52"/>
     <w:rsid w:val="00470BE8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B36461A3D8074CAB96E0AF51FA93E8BC53">
+    <w:name w:val="B36461A3D8074CAB96E0AF51FA93E8BC53"/>
+    <w:rsid w:val="00FB6BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E5B2172677D4D28BA36D70C1D3FCC7853">
+    <w:name w:val="9E5B2172677D4D28BA36D70C1D3FCC7853"/>
+    <w:rsid w:val="00FB6BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DA463EB573C46C395F45E672DB8D69B53">
+    <w:name w:val="5DA463EB573C46C395F45E672DB8D69B53"/>
+    <w:rsid w:val="00FB6BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF173D9340D4433FB22CB0EC7A3794F653">
+    <w:name w:val="AF173D9340D4433FB22CB0EC7A3794F653"/>
+    <w:rsid w:val="00FB6BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB21DDFFA31B45468E1302C765BEDE1B53">
+    <w:name w:val="CB21DDFFA31B45468E1302C765BEDE1B53"/>
+    <w:rsid w:val="00FB6BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -8732,79 +8802,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF891A94-A8BA-4FB9-9266-F88CF8BB7A1C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7827AB4-E801-4AED-A4E1-E7089EAC39B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2019_Заключение по результатам идентификации.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>241</Words>
-  <Characters>1374</Characters>
+  <Words>239</Words>
+  <Characters>1365</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Заключение</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Отдел</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1612</CharactersWithSpaces>
+  <CharactersWithSpaces>1601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Заключение</dc:title>
   <dc:creator>-</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>